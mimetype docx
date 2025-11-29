--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -437,63 +437,73 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B7B7B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>Η εργασία θα πρέπει να έχει έκταση</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B7B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B7B7B">
+      <w:r w:rsidR="00526015" w:rsidRPr="005B7B7B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="el-GR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00526015">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
-        <w:t>6.000–8.000 λέξεις</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B7B7B">
+        <w:t xml:space="preserve">έως 4.000 λέξεις </w:t>
+      </w:r>
+      <w:r w:rsidR="00526015">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B7B7B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="el-GR"/>
         </w:rPr>
         <w:t>και να βασίζεται στην ανάλυση σχετικών πηγών της βιβλιογραφίας. Δεν απαιτείται η διεξαγωγή ποσοτικής έρευνας με χρήση ερωτηματολογίου.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005B7B7B" w:rsidRPr="005B7B7B" w:rsidRDefault="005B7B7B" w:rsidP="00E53062">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -670,78 +680,80 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053641A"/>
     <w:rsid w:val="000D63F6"/>
     <w:rsid w:val="00115F27"/>
     <w:rsid w:val="00123281"/>
+    <w:rsid w:val="00234AB0"/>
     <w:rsid w:val="00244BB6"/>
     <w:rsid w:val="00357C05"/>
+    <w:rsid w:val="00526015"/>
     <w:rsid w:val="0053641A"/>
     <w:rsid w:val="00566818"/>
     <w:rsid w:val="005B7B7B"/>
     <w:rsid w:val="00630BCF"/>
     <w:rsid w:val="008522F1"/>
     <w:rsid w:val="00890A7E"/>
     <w:rsid w:val="00E53062"/>
     <w:rsid w:val="00E94ECB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>